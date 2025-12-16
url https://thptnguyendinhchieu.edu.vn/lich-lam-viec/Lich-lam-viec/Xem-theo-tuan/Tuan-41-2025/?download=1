--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -1758,276 +1758,261 @@
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>- Dạ</w:t>
       </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>y và học theo thời khoá biểu</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDA9D18" w14:textId="1E25472E" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
+    <w:p w14:paraId="0DB897D3" w14:textId="648729B6" w:rsidR="00C47862" w:rsidRDefault="00C47862" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-        <w:t>Chiều:</w:t>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- 8h00: </w:t>
+      </w:r>
+      <w:r w:rsidR="000B603F">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Dự t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ập huấn Sổ đầu bài điện tử. Thành phần: BGH, TTCM, TPCM, GV không có tiết dạy, Thầy Nghiệp. Địa điểm: Hội trường.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE82DA1" w14:textId="652B210C" w:rsidR="00160511" w:rsidRDefault="00160511" w:rsidP="00160511">
+    <w:p w14:paraId="3CDA9D18" w14:textId="1E25472E" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="081C36"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
-          <w:color w:val="081C36"/>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Chiều:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320BC952" w14:textId="601A7352" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
+    <w:p w14:paraId="0BE82DA1" w14:textId="652B210C" w:rsidR="00160511" w:rsidRDefault="00160511" w:rsidP="00160511">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Thứ </w:t>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>- Dạ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...19 lines deleted...]
-        <w:t>/10</w:t>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>y và học theo thời khoá biểu</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>/2025</w:t>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513BC65E" w14:textId="479C469C" w:rsidR="00C04927" w:rsidRPr="00F86649" w:rsidRDefault="00F86649" w:rsidP="00F86649">
+    <w:p w14:paraId="71E96469" w14:textId="6684D20D" w:rsidR="00A46D87" w:rsidRDefault="00A46D87" w:rsidP="00160511">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
-        <w:t>-Thời giang:……..</w:t>
-[...23 lines deleted...]
-        <w:t>Thành phần: Cô Linh Trang (Tiếng anh). Địa điểm:…..</w:t>
+        <w:t>- 14h00: Tham dự tập huấn triển khai Sổ đăng bộ số và Học liệu số tại các cơ sở giáo dục…..Thành phần: Thầy Công (HT), thầy Khoa (PHT), thầy Đạt (GV), cô Thu (VT). Địa điểm: Hội trường hoặc phòng họp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E621ABA" w14:textId="2BB1D3E3" w:rsidR="000161C0" w:rsidRDefault="000161C0" w:rsidP="000161C0">
+    <w:p w14:paraId="320BC952" w14:textId="601A7352" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Chủ nhật 12/10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C97125">
+        <w:t xml:space="preserve">Thứ </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve">bảy </w:t>
+      </w:r>
+      <w:r w:rsidR="000161C0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="0082730F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97125">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D640389" w14:textId="4328362B" w:rsidR="00F86649" w:rsidRPr="00F86649" w:rsidRDefault="00F86649" w:rsidP="00F86649">
+    <w:p w14:paraId="1CED9BC3" w14:textId="382B1BD1" w:rsidR="000B10C9" w:rsidRPr="00F86649" w:rsidRDefault="000B10C9" w:rsidP="00F86649">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Thời giang:……..</w:t>
-[...7 lines deleted...]
-        <w:t>Ứng dụng AI đối với cho giáo viên phụ trách hoạt động trải nghiệm, hướng nghiệp. Thành phần: Cô Linh Trang (Tiếng anh). Địa điểm:…..</w:t>
+        <w:t xml:space="preserve">- 8h00: Về việc cử giáo viên tham dự tập huấn đồng diễn võ nhạc Vovinam. Thành phần: Cô Nam (TP Tổ Công nghê-Tin học-GDTC-GDQP), Cô Chi (GV Tổ Công nghệ-Tin học-GDTC-GDQP). Địa điểm: Trường THPT Trịnh Hoài Đức (Đường Cách mạng tháng tám, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2E45">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Phường Thuận An, Thành phố Hồ Chí Minh.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="618A81FE" w14:textId="77777777" w:rsidR="003660BB" w:rsidRDefault="003660BB" w:rsidP="00DC7F2C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9288" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4615"/>
@@ -2191,58 +2176,58 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AAC1571" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="00AA68F0"/>
     <w:sectPr w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidSect="00317DD2">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="540" w:right="1134" w:bottom="709" w:left="1080" w:header="720" w:footer="432" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B7C87B6" w14:textId="77777777" w:rsidR="0062427B" w:rsidRDefault="0062427B">
+    <w:p w14:paraId="643A8519" w14:textId="77777777" w:rsidR="004C367F" w:rsidRDefault="004C367F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F7B94F3" w14:textId="77777777" w:rsidR="0062427B" w:rsidRDefault="0062427B">
+    <w:p w14:paraId="0988C1C9" w14:textId="77777777" w:rsidR="004C367F" w:rsidRDefault="004C367F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -2314,96 +2299,96 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FE4BA1">
+    <w:r w:rsidR="00480870">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="125465A1" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRDefault="00AA68F0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17F5BFB9" w14:textId="77777777" w:rsidR="0062427B" w:rsidRDefault="0062427B">
+    <w:p w14:paraId="68428DC4" w14:textId="77777777" w:rsidR="004C367F" w:rsidRDefault="004C367F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3907D069" w14:textId="77777777" w:rsidR="0062427B" w:rsidRDefault="0062427B">
+    <w:p w14:paraId="715FA8B5" w14:textId="77777777" w:rsidR="004C367F" w:rsidRDefault="004C367F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EF57790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90E4189E"/>
     <w:lvl w:ilvl="0" w:tplc="F2F64A94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
@@ -3269,134 +3254,137 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1572422119">
+  <w:num w:numId="1" w16cid:durableId="345404322">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="110127889">
+  <w:num w:numId="2" w16cid:durableId="1282032859">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1500269182">
+  <w:num w:numId="3" w16cid:durableId="1026908501">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1870487811">
+  <w:num w:numId="4" w16cid:durableId="1145002682">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="425541012">
+  <w:num w:numId="5" w16cid:durableId="452135658">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1331907469">
+  <w:num w:numId="6" w16cid:durableId="2052220993">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1778678186">
+  <w:num w:numId="7" w16cid:durableId="45154589">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1969817918">
+  <w:num w:numId="8" w16cid:durableId="1423137955">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA68F0"/>
     <w:rsid w:val="00002836"/>
     <w:rsid w:val="000114EE"/>
     <w:rsid w:val="000161C0"/>
     <w:rsid w:val="00017460"/>
     <w:rsid w:val="000263C6"/>
     <w:rsid w:val="000408E1"/>
     <w:rsid w:val="00047392"/>
     <w:rsid w:val="00050FE5"/>
     <w:rsid w:val="000570A1"/>
     <w:rsid w:val="00083498"/>
     <w:rsid w:val="00091CC4"/>
     <w:rsid w:val="000A59B6"/>
+    <w:rsid w:val="000B10C9"/>
+    <w:rsid w:val="000B603F"/>
     <w:rsid w:val="000B7FBB"/>
     <w:rsid w:val="000E26C9"/>
     <w:rsid w:val="000F097A"/>
     <w:rsid w:val="000F2F67"/>
     <w:rsid w:val="000F6AF6"/>
     <w:rsid w:val="00107CB5"/>
     <w:rsid w:val="00123ACC"/>
     <w:rsid w:val="00124F74"/>
     <w:rsid w:val="00143FC7"/>
     <w:rsid w:val="00145184"/>
     <w:rsid w:val="00160511"/>
     <w:rsid w:val="00160FC3"/>
     <w:rsid w:val="001706FA"/>
     <w:rsid w:val="00180C52"/>
     <w:rsid w:val="001850D8"/>
     <w:rsid w:val="00187026"/>
     <w:rsid w:val="001905C5"/>
     <w:rsid w:val="001950D5"/>
     <w:rsid w:val="001A19A9"/>
     <w:rsid w:val="001A4DE0"/>
     <w:rsid w:val="001A53F6"/>
+    <w:rsid w:val="001B2E45"/>
     <w:rsid w:val="001C3121"/>
     <w:rsid w:val="001D5C9B"/>
     <w:rsid w:val="001F7539"/>
     <w:rsid w:val="001F79FC"/>
     <w:rsid w:val="001F7CDB"/>
     <w:rsid w:val="002001BA"/>
     <w:rsid w:val="00205560"/>
     <w:rsid w:val="00206AB4"/>
     <w:rsid w:val="00210106"/>
     <w:rsid w:val="00220DB4"/>
     <w:rsid w:val="002211E8"/>
     <w:rsid w:val="002216D1"/>
     <w:rsid w:val="00232E68"/>
     <w:rsid w:val="00233BF0"/>
     <w:rsid w:val="00233D13"/>
     <w:rsid w:val="00233F57"/>
     <w:rsid w:val="00234759"/>
     <w:rsid w:val="00241F50"/>
     <w:rsid w:val="00256D21"/>
     <w:rsid w:val="00265065"/>
     <w:rsid w:val="00266370"/>
     <w:rsid w:val="00297628"/>
     <w:rsid w:val="002A2DBF"/>
     <w:rsid w:val="002A3933"/>
     <w:rsid w:val="002A3EB8"/>
@@ -3426,96 +3414,100 @@
     <w:rsid w:val="00381EA4"/>
     <w:rsid w:val="003B03D5"/>
     <w:rsid w:val="003B1E0C"/>
     <w:rsid w:val="003D2C63"/>
     <w:rsid w:val="003D40E0"/>
     <w:rsid w:val="003F3586"/>
     <w:rsid w:val="003F6522"/>
     <w:rsid w:val="003F6AF0"/>
     <w:rsid w:val="003F7B35"/>
     <w:rsid w:val="00413746"/>
     <w:rsid w:val="00413CCD"/>
     <w:rsid w:val="004164AB"/>
     <w:rsid w:val="00420351"/>
     <w:rsid w:val="00420E4C"/>
     <w:rsid w:val="00423799"/>
     <w:rsid w:val="00424648"/>
     <w:rsid w:val="00425A11"/>
     <w:rsid w:val="004327DD"/>
     <w:rsid w:val="00441DB4"/>
     <w:rsid w:val="0045010B"/>
     <w:rsid w:val="00454A0C"/>
     <w:rsid w:val="00460EEF"/>
     <w:rsid w:val="0046354F"/>
     <w:rsid w:val="00463860"/>
     <w:rsid w:val="00475D21"/>
+    <w:rsid w:val="00480870"/>
     <w:rsid w:val="004A71F1"/>
     <w:rsid w:val="004B70B6"/>
+    <w:rsid w:val="004C367F"/>
     <w:rsid w:val="004D2F25"/>
     <w:rsid w:val="004E06C1"/>
     <w:rsid w:val="004E1C4B"/>
     <w:rsid w:val="004E20F0"/>
     <w:rsid w:val="004E7E5F"/>
     <w:rsid w:val="004F1222"/>
     <w:rsid w:val="004F3D2B"/>
     <w:rsid w:val="00501A13"/>
     <w:rsid w:val="00505112"/>
     <w:rsid w:val="00505B2A"/>
     <w:rsid w:val="00541312"/>
     <w:rsid w:val="00542243"/>
     <w:rsid w:val="00551CC6"/>
     <w:rsid w:val="00553672"/>
     <w:rsid w:val="00553B37"/>
     <w:rsid w:val="00563A41"/>
     <w:rsid w:val="005644C0"/>
     <w:rsid w:val="00574301"/>
     <w:rsid w:val="005A1B2B"/>
     <w:rsid w:val="005A7522"/>
     <w:rsid w:val="005B570D"/>
     <w:rsid w:val="005C180E"/>
     <w:rsid w:val="005C25F5"/>
     <w:rsid w:val="005C4C09"/>
     <w:rsid w:val="005E3604"/>
     <w:rsid w:val="005E4447"/>
     <w:rsid w:val="005F6BB1"/>
     <w:rsid w:val="006015D1"/>
     <w:rsid w:val="00617541"/>
     <w:rsid w:val="00623368"/>
     <w:rsid w:val="0062427B"/>
     <w:rsid w:val="00626446"/>
     <w:rsid w:val="0062707A"/>
     <w:rsid w:val="00630102"/>
     <w:rsid w:val="006336C2"/>
     <w:rsid w:val="006358CE"/>
     <w:rsid w:val="006431A7"/>
     <w:rsid w:val="006462C5"/>
     <w:rsid w:val="006466D9"/>
     <w:rsid w:val="0065706E"/>
     <w:rsid w:val="006575B7"/>
     <w:rsid w:val="00674061"/>
     <w:rsid w:val="00684289"/>
     <w:rsid w:val="006A0348"/>
+    <w:rsid w:val="006A581F"/>
+    <w:rsid w:val="006A6A66"/>
     <w:rsid w:val="006B12C9"/>
     <w:rsid w:val="006C3F7F"/>
     <w:rsid w:val="006D128C"/>
     <w:rsid w:val="006F23BC"/>
     <w:rsid w:val="006F3B35"/>
     <w:rsid w:val="006F76F7"/>
     <w:rsid w:val="00702ECD"/>
     <w:rsid w:val="00703FA0"/>
     <w:rsid w:val="00712AC9"/>
     <w:rsid w:val="0071423C"/>
     <w:rsid w:val="0071666D"/>
     <w:rsid w:val="0072116C"/>
     <w:rsid w:val="00732911"/>
     <w:rsid w:val="00733E48"/>
     <w:rsid w:val="00735E5F"/>
     <w:rsid w:val="00737682"/>
     <w:rsid w:val="007458F4"/>
     <w:rsid w:val="00756C30"/>
     <w:rsid w:val="0077205B"/>
     <w:rsid w:val="007823D1"/>
     <w:rsid w:val="007876E7"/>
     <w:rsid w:val="00791FCE"/>
     <w:rsid w:val="007A2CF8"/>
     <w:rsid w:val="007B0167"/>
     <w:rsid w:val="007B29AB"/>
@@ -3559,122 +3551,127 @@
     <w:rsid w:val="00954F1D"/>
     <w:rsid w:val="00964005"/>
     <w:rsid w:val="009721A5"/>
     <w:rsid w:val="009721E4"/>
     <w:rsid w:val="0098303F"/>
     <w:rsid w:val="00992FAA"/>
     <w:rsid w:val="009945BB"/>
     <w:rsid w:val="009B13A5"/>
     <w:rsid w:val="009C0605"/>
     <w:rsid w:val="009C23C8"/>
     <w:rsid w:val="009D0CDB"/>
     <w:rsid w:val="009D263E"/>
     <w:rsid w:val="009D5A20"/>
     <w:rsid w:val="009E4477"/>
     <w:rsid w:val="009F2E2C"/>
     <w:rsid w:val="00A07639"/>
     <w:rsid w:val="00A11B85"/>
     <w:rsid w:val="00A1363F"/>
     <w:rsid w:val="00A16D4C"/>
     <w:rsid w:val="00A20A71"/>
     <w:rsid w:val="00A246F8"/>
     <w:rsid w:val="00A33C28"/>
     <w:rsid w:val="00A35921"/>
     <w:rsid w:val="00A410E9"/>
     <w:rsid w:val="00A42500"/>
+    <w:rsid w:val="00A46D87"/>
     <w:rsid w:val="00A54D7A"/>
     <w:rsid w:val="00A55D30"/>
     <w:rsid w:val="00A70331"/>
     <w:rsid w:val="00A77E44"/>
     <w:rsid w:val="00A91804"/>
     <w:rsid w:val="00AA1981"/>
     <w:rsid w:val="00AA4688"/>
     <w:rsid w:val="00AA68F0"/>
     <w:rsid w:val="00AD389C"/>
     <w:rsid w:val="00AD5693"/>
     <w:rsid w:val="00AD74D7"/>
     <w:rsid w:val="00AE4865"/>
     <w:rsid w:val="00AF24A6"/>
     <w:rsid w:val="00B01002"/>
     <w:rsid w:val="00B05420"/>
     <w:rsid w:val="00B17550"/>
     <w:rsid w:val="00B20A48"/>
     <w:rsid w:val="00B21FA8"/>
     <w:rsid w:val="00B35A99"/>
     <w:rsid w:val="00B37ABD"/>
     <w:rsid w:val="00B47B47"/>
     <w:rsid w:val="00B52289"/>
     <w:rsid w:val="00B533CC"/>
     <w:rsid w:val="00B63E22"/>
     <w:rsid w:val="00B708F6"/>
     <w:rsid w:val="00B7559E"/>
     <w:rsid w:val="00B82F24"/>
     <w:rsid w:val="00B85BEC"/>
     <w:rsid w:val="00B86002"/>
     <w:rsid w:val="00B87ADA"/>
     <w:rsid w:val="00B90884"/>
     <w:rsid w:val="00B90AAD"/>
     <w:rsid w:val="00B938B3"/>
     <w:rsid w:val="00B956C2"/>
     <w:rsid w:val="00B95BEF"/>
     <w:rsid w:val="00BA041E"/>
     <w:rsid w:val="00BA052D"/>
     <w:rsid w:val="00BA6BCF"/>
     <w:rsid w:val="00BD0F5A"/>
     <w:rsid w:val="00BD7965"/>
     <w:rsid w:val="00BE4F6F"/>
+    <w:rsid w:val="00BF3D2D"/>
     <w:rsid w:val="00C029CD"/>
     <w:rsid w:val="00C034BE"/>
     <w:rsid w:val="00C04927"/>
     <w:rsid w:val="00C07D54"/>
     <w:rsid w:val="00C133A9"/>
     <w:rsid w:val="00C31583"/>
     <w:rsid w:val="00C45BD8"/>
+    <w:rsid w:val="00C47862"/>
     <w:rsid w:val="00C558B6"/>
     <w:rsid w:val="00C620DC"/>
     <w:rsid w:val="00C67873"/>
     <w:rsid w:val="00C8596A"/>
     <w:rsid w:val="00C96AED"/>
     <w:rsid w:val="00C97125"/>
     <w:rsid w:val="00CA0A9E"/>
     <w:rsid w:val="00CA3336"/>
     <w:rsid w:val="00CA76FB"/>
     <w:rsid w:val="00CB06F5"/>
     <w:rsid w:val="00CB1ABF"/>
     <w:rsid w:val="00CC2B34"/>
     <w:rsid w:val="00CD323B"/>
     <w:rsid w:val="00CF242C"/>
+    <w:rsid w:val="00CF7748"/>
     <w:rsid w:val="00D1451C"/>
     <w:rsid w:val="00D22E88"/>
     <w:rsid w:val="00D2546E"/>
     <w:rsid w:val="00D2689E"/>
     <w:rsid w:val="00D271E8"/>
     <w:rsid w:val="00D30D2B"/>
     <w:rsid w:val="00D313E6"/>
     <w:rsid w:val="00D37B95"/>
     <w:rsid w:val="00D40277"/>
     <w:rsid w:val="00D44239"/>
+    <w:rsid w:val="00D67CA4"/>
     <w:rsid w:val="00D8734A"/>
     <w:rsid w:val="00D976F2"/>
     <w:rsid w:val="00DA2156"/>
     <w:rsid w:val="00DA2FA4"/>
     <w:rsid w:val="00DA6862"/>
     <w:rsid w:val="00DB338C"/>
     <w:rsid w:val="00DC06A0"/>
     <w:rsid w:val="00DC7F2C"/>
     <w:rsid w:val="00DF1B56"/>
     <w:rsid w:val="00DF7E12"/>
     <w:rsid w:val="00E024A6"/>
     <w:rsid w:val="00E03B85"/>
     <w:rsid w:val="00E11C7A"/>
     <w:rsid w:val="00E136FB"/>
     <w:rsid w:val="00E14DED"/>
     <w:rsid w:val="00E16055"/>
     <w:rsid w:val="00E172CC"/>
     <w:rsid w:val="00E2524F"/>
     <w:rsid w:val="00E26C69"/>
     <w:rsid w:val="00E3249D"/>
     <w:rsid w:val="00E33E92"/>
     <w:rsid w:val="00E36BA7"/>
     <w:rsid w:val="00E44084"/>
     <w:rsid w:val="00E465C0"/>
     <w:rsid w:val="00E5778F"/>
@@ -4745,74 +4742,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>270</Words>
-  <Characters>1543</Characters>
+  <Words>313</Words>
+  <Characters>1787</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1810</CharactersWithSpaces>
+  <CharactersWithSpaces>2096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ADMIN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>70f385f78a0c421ca75db087627005d2</vt:lpwstr>
   </property>
 </Properties>
 </file>